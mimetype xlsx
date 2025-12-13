--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -10,77 +10,140 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="221" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="263" uniqueCount="139">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Abertura</t>
   </si>
   <si>
     <t>Horário (hh:mm)</t>
   </si>
   <si>
     <t>Encerramento</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
+    <t>548</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>18:00</t>
+  </si>
+  <si>
+    <t>00:00</t>
+  </si>
+  <si>
+    <t>42ª Ordinária da 41ª Sessão Legislativa da 41ª Legislatura</t>
+  </si>
+  <si>
+    <t>547</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>41ª Ordinária da 41ª Sessão Legislativa da 41ª Legislatura</t>
+  </si>
+  <si>
+    <t>546</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>40ª Ordinária da 41ª Sessão Legislativa da 41ª Legislatura</t>
+  </si>
+  <si>
+    <t>545</t>
+  </si>
+  <si>
+    <t>2025-11-17</t>
+  </si>
+  <si>
+    <t>39ª Ordinária da 41ª Sessão Legislativa da 41ª Legislatura</t>
+  </si>
+  <si>
+    <t>544</t>
+  </si>
+  <si>
+    <t>2025-11-10</t>
+  </si>
+  <si>
+    <t>38ª Ordinária da 41ª Sessão Legislativa da 41ª Legislatura</t>
+  </si>
+  <si>
+    <t>543</t>
+  </si>
+  <si>
+    <t>2025-11-03</t>
+  </si>
+  <si>
+    <t>37ª Ordinária da 41ª Sessão Legislativa da 41ª Legislatura</t>
+  </si>
+  <si>
+    <t>541</t>
+  </si>
+  <si>
+    <t>2025-10-27</t>
+  </si>
+  <si>
+    <t>36ª Ordinária da 41ª Sessão Legislativa da 41ª Legislatura</t>
+  </si>
+  <si>
     <t>540</t>
   </si>
   <si>
     <t>2025-10-20</t>
-  </si>
-[...4 lines deleted...]
-    <t>00:00</t>
   </si>
   <si>
     <t>35ª Ordinária da 41ª Sessão Legislativa da 41ª Legislatura</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>2025-10-13</t>
   </si>
   <si>
     <t>34ª Ordinária da 41ª Sessão Legislativa da 41ª Legislatura</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>2025-10-06</t>
   </si>
   <si>
     <t>33ª Ordinária da 41ª Sessão Legislativa da 41ª Legislatura</t>
   </si>
   <si>
     <t>536</t>
   </si>
@@ -699,51 +762,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F37"/>
+  <dimension ref="A1:F44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="54.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1401,97 +1464,237 @@
       </c>
       <c r="B34" t="s">
         <v>104</v>
       </c>
       <c r="C34" t="s">
         <v>7</v>
       </c>
       <c r="D34" t="s">
         <v>104</v>
       </c>
       <c r="E34" t="s">
         <v>8</v>
       </c>
       <c r="F34" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>106</v>
       </c>
       <c r="B35" t="s">
         <v>107</v>
       </c>
       <c r="C35" t="s">
-        <v>108</v>
+        <v>7</v>
       </c>
       <c r="D35" t="s">
         <v>107</v>
       </c>
       <c r="E35" t="s">
         <v>8</v>
       </c>
       <c r="F35" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
+        <v>109</v>
+      </c>
+      <c r="B36" t="s">
         <v>110</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
+        <v>7</v>
+      </c>
+      <c r="D36" t="s">
+        <v>110</v>
+      </c>
+      <c r="E36" t="s">
+        <v>8</v>
+      </c>
+      <c r="F36" t="s">
         <v>111</v>
-      </c>
-[...10 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
+        <v>112</v>
+      </c>
+      <c r="B37" t="s">
+        <v>113</v>
+      </c>
+      <c r="C37" t="s">
+        <v>7</v>
+      </c>
+      <c r="D37" t="s">
+        <v>113</v>
+      </c>
+      <c r="E37" t="s">
+        <v>8</v>
+      </c>
+      <c r="F37" t="s">
         <v>114</v>
       </c>
-      <c r="B37" t="s">
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" t="s">
         <v>115</v>
       </c>
-      <c r="C37" t="s">
+      <c r="B38" t="s">
         <v>116</v>
       </c>
-      <c r="D37" t="s">
-[...2 lines deleted...]
-      <c r="F37" t="s">
+      <c r="C38" t="s">
+        <v>7</v>
+      </c>
+      <c r="D38" t="s">
+        <v>116</v>
+      </c>
+      <c r="E38" t="s">
+        <v>8</v>
+      </c>
+      <c r="F38" t="s">
         <v>117</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39" t="s">
+        <v>118</v>
+      </c>
+      <c r="B39" t="s">
+        <v>119</v>
+      </c>
+      <c r="C39" t="s">
+        <v>7</v>
+      </c>
+      <c r="D39" t="s">
+        <v>119</v>
+      </c>
+      <c r="E39" t="s">
+        <v>8</v>
+      </c>
+      <c r="F39" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40" t="s">
+        <v>121</v>
+      </c>
+      <c r="B40" t="s">
+        <v>122</v>
+      </c>
+      <c r="C40" t="s">
+        <v>7</v>
+      </c>
+      <c r="D40" t="s">
+        <v>122</v>
+      </c>
+      <c r="E40" t="s">
+        <v>8</v>
+      </c>
+      <c r="F40" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41" t="s">
+        <v>124</v>
+      </c>
+      <c r="B41" t="s">
+        <v>125</v>
+      </c>
+      <c r="C41" t="s">
+        <v>7</v>
+      </c>
+      <c r="D41" t="s">
+        <v>125</v>
+      </c>
+      <c r="E41" t="s">
+        <v>8</v>
+      </c>
+      <c r="F41" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42" t="s">
+        <v>127</v>
+      </c>
+      <c r="B42" t="s">
+        <v>128</v>
+      </c>
+      <c r="C42" t="s">
+        <v>129</v>
+      </c>
+      <c r="D42" t="s">
+        <v>128</v>
+      </c>
+      <c r="E42" t="s">
+        <v>8</v>
+      </c>
+      <c r="F42" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" t="s">
+        <v>131</v>
+      </c>
+      <c r="B43" t="s">
+        <v>132</v>
+      </c>
+      <c r="C43" t="s">
+        <v>133</v>
+      </c>
+      <c r="D43" t="s">
+        <v>132</v>
+      </c>
+      <c r="E43" t="s">
+        <v>8</v>
+      </c>
+      <c r="F43" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44" t="s">
+        <v>135</v>
+      </c>
+      <c r="B44" t="s">
+        <v>136</v>
+      </c>
+      <c r="C44" t="s">
+        <v>137</v>
+      </c>
+      <c r="D44" t="s">
+        <v>136</v>
+      </c>
+      <c r="F44" t="s">
+        <v>138</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>